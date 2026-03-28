--- v0 (2026-02-06)
+++ v1 (2026-03-28)
@@ -415,51 +415,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B1026"/>
+  <dimension ref="A1:B1072"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Cota</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="n">
         <v>44550</v>
       </c>
       <c r="B2" s="2" t="n">
         <v>1</v>
@@ -8633,46 +8633,414 @@
         <v>1.623476</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1" t="n">
         <v>46035</v>
       </c>
       <c r="B1024" s="2" t="n">
         <v>1.595839</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1" t="n">
         <v>46036</v>
       </c>
       <c r="B1025" s="2" t="n">
         <v>1.593034</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1" t="n">
         <v>46037</v>
       </c>
       <c r="B1026" s="2" t="n">
         <v>1.576645</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027" s="1" t="n">
+        <v>46038</v>
+      </c>
+      <c r="B1027" s="2" t="n">
+        <v>1.562008</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028" s="1" t="n">
+        <v>46041</v>
+      </c>
+      <c r="B1028" s="2" t="n">
+        <v>1.564191</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029" s="1" t="n">
+        <v>46042</v>
+      </c>
+      <c r="B1029" s="2" t="n">
+        <v>1.570329</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030" s="1" t="n">
+        <v>46043</v>
+      </c>
+      <c r="B1030" s="2" t="n">
+        <v>1.598136</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031" s="1" t="n">
+        <v>46044</v>
+      </c>
+      <c r="B1031" s="2" t="n">
+        <v>1.62243</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032" s="1" t="n">
+        <v>46045</v>
+      </c>
+      <c r="B1032" s="2" t="n">
+        <v>1.633149</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033" s="1" t="n">
+        <v>46048</v>
+      </c>
+      <c r="B1033" s="2" t="n">
+        <v>1.644004</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034" s="1" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B1034" s="2" t="n">
+        <v>1.672104</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035" s="1" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B1035" s="2" t="n">
+        <v>1.690577</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036" s="1" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B1036" s="2" t="n">
+        <v>1.66694</v>
+      </c>
+    </row>
+    <row r="1037">
+      <c r="A1037" s="1" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B1037" s="2" t="n">
+        <v>1.666237</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038" s="1" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B1038" s="2" t="n">
+        <v>1.676804</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039" s="1" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B1039" s="2" t="n">
+        <v>1.678221</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040" s="1" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B1040" s="2" t="n">
+        <v>1.653875</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041" s="1" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B1041" s="2" t="n">
+        <v>1.657042</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042" s="1" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B1042" s="2" t="n">
+        <v>1.669552</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043" s="1" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B1043" s="2" t="n">
+        <v>1.674006</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044" s="1" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B1044" s="2" t="n">
+        <v>1.679906</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045" s="1" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B1045" s="2" t="n">
+        <v>1.689319</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046" s="1" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B1046" s="2" t="n">
+        <v>1.670857</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047" s="1" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B1047" s="2" t="n">
+        <v>1.665449</v>
+      </c>
+    </row>
+    <row r="1048">
+      <c r="A1048" s="1" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B1048" s="2" t="n">
+        <v>1.67484</v>
+      </c>
+    </row>
+    <row r="1049">
+      <c r="A1049" s="1" t="n">
+        <v>46072</v>
+      </c>
+      <c r="B1049" s="2" t="n">
+        <v>1.703816</v>
+      </c>
+    </row>
+    <row r="1050">
+      <c r="A1050" s="1" t="n">
+        <v>46073</v>
+      </c>
+      <c r="B1050" s="2" t="n">
+        <v>1.714731</v>
+      </c>
+    </row>
+    <row r="1051">
+      <c r="A1051" s="1" t="n">
+        <v>46076</v>
+      </c>
+      <c r="B1051" s="2" t="n">
+        <v>1.678275</v>
+      </c>
+    </row>
+    <row r="1052">
+      <c r="A1052" s="1" t="n">
+        <v>46077</v>
+      </c>
+      <c r="B1052" s="2" t="n">
+        <v>1.706283</v>
+      </c>
+    </row>
+    <row r="1053">
+      <c r="A1053" s="1" t="n">
+        <v>46078</v>
+      </c>
+      <c r="B1053" s="2" t="n">
+        <v>1.684191</v>
+      </c>
+    </row>
+    <row r="1054">
+      <c r="A1054" s="1" t="n">
+        <v>46079</v>
+      </c>
+      <c r="B1054" s="2" t="n">
+        <v>1.68467</v>
+      </c>
+    </row>
+    <row r="1055">
+      <c r="A1055" s="1" t="n">
+        <v>46080</v>
+      </c>
+      <c r="B1055" s="2" t="n">
+        <v>1.665777</v>
+      </c>
+    </row>
+    <row r="1056">
+      <c r="A1056" s="1" t="n">
+        <v>46083</v>
+      </c>
+      <c r="B1056" s="2" t="n">
+        <v>1.673283</v>
+      </c>
+    </row>
+    <row r="1057">
+      <c r="A1057" s="1" t="n">
+        <v>46084</v>
+      </c>
+      <c r="B1057" s="2" t="n">
+        <v>1.607682</v>
+      </c>
+    </row>
+    <row r="1058">
+      <c r="A1058" s="1" t="n">
+        <v>46085</v>
+      </c>
+      <c r="B1058" s="2" t="n">
+        <v>1.639809</v>
+      </c>
+    </row>
+    <row r="1059">
+      <c r="A1059" s="1" t="n">
+        <v>46086</v>
+      </c>
+      <c r="B1059" s="2" t="n">
+        <v>1.596715</v>
+      </c>
+    </row>
+    <row r="1060">
+      <c r="A1060" s="1" t="n">
+        <v>46087</v>
+      </c>
+      <c r="B1060" s="2" t="n">
+        <v>1.590021</v>
+      </c>
+    </row>
+    <row r="1061">
+      <c r="A1061" s="1" t="n">
+        <v>46090</v>
+      </c>
+      <c r="B1061" s="2" t="n">
+        <v>1.589851</v>
+      </c>
+    </row>
+    <row r="1062">
+      <c r="A1062" s="1" t="n">
+        <v>46091</v>
+      </c>
+      <c r="B1062" s="2" t="n">
+        <v>1.61075</v>
+      </c>
+    </row>
+    <row r="1063">
+      <c r="A1063" s="1" t="n">
+        <v>46092</v>
+      </c>
+      <c r="B1063" s="2" t="n">
+        <v>1.615797</v>
+      </c>
+    </row>
+    <row r="1064">
+      <c r="A1064" s="1" t="n">
+        <v>46093</v>
+      </c>
+      <c r="B1064" s="2" t="n">
+        <v>1.56269</v>
+      </c>
+    </row>
+    <row r="1065">
+      <c r="A1065" s="1" t="n">
+        <v>46094</v>
+      </c>
+      <c r="B1065" s="2" t="n">
+        <v>1.544078</v>
+      </c>
+    </row>
+    <row r="1066">
+      <c r="A1066" s="1" t="n">
+        <v>46097</v>
+      </c>
+      <c r="B1066" s="2" t="n">
+        <v>1.570453</v>
+      </c>
+    </row>
+    <row r="1067">
+      <c r="A1067" s="1" t="n">
+        <v>46098</v>
+      </c>
+      <c r="B1067" s="2" t="n">
+        <v>1.576157</v>
+      </c>
+    </row>
+    <row r="1068">
+      <c r="A1068" s="1" t="n">
+        <v>46099</v>
+      </c>
+      <c r="B1068" s="2" t="n">
+        <v>1.576947</v>
+      </c>
+    </row>
+    <row r="1069">
+      <c r="A1069" s="1" t="n">
+        <v>46100</v>
+      </c>
+      <c r="B1069" s="2" t="n">
+        <v>1.585746</v>
+      </c>
+    </row>
+    <row r="1070">
+      <c r="A1070" s="1" t="n">
+        <v>46101</v>
+      </c>
+      <c r="B1070" s="2" t="n">
+        <v>1.546979</v>
+      </c>
+    </row>
+    <row r="1071">
+      <c r="A1071" s="1" t="n">
+        <v>46104</v>
+      </c>
+      <c r="B1071" s="2" t="n">
+        <v>1.613267</v>
+      </c>
+    </row>
+    <row r="1072">
+      <c r="A1072" s="1" t="n">
+        <v>46105</v>
+      </c>
+      <c r="B1072" s="2" t="n">
+        <v>1.601226</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>